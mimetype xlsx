--- v0 (2026-01-01)
+++ v1 (2026-02-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'Worksheet'!$1:$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="628">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="622">
   <si>
     <t>Product Code</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Unit Price</t>
   </si>
   <si>
     <t>Product Page</t>
   </si>
   <si>
     <t>LMK16-UU 16mm Square Flange Linear Motion Slider Bushing Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15676</t>
   </si>
   <si>
     <t>LMK20-UU 20mm Square Flange Linear Motion Slider Bushing Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15677</t>
   </si>
   <si>
@@ -166,62 +166,50 @@
   <si>
     <t>LM25-UU 25mm Linear Motion Slider Bushing Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15637</t>
   </si>
   <si>
     <t>LM20-UU 20mm Linear Motion Slider Bushing Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15636</t>
   </si>
   <si>
     <t>LM12-UU 12mm Linear Motion Slider Bushing Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15634</t>
   </si>
   <si>
     <t>LM10-UU 10mm Linear Motion Slider Bushing Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15633</t>
   </si>
   <si>
-    <t>KFL001 12mm Dia Flange Pillow Block Bearing</t>
-[...10 lines deleted...]
-  <si>
     <t>KFL003 17mm Dia Flange Pillow Block Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15628</t>
   </si>
   <si>
     <t>KFL002 15mm Dia Flange Pillow Block Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15627</t>
   </si>
   <si>
     <t>KP003 17mm Dia Pillow Block Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15622</t>
   </si>
   <si>
     <t>KP004 20mm Dia Pillow Block Bearing</t>
   </si>
   <si>
     <t>https://www.ronical.com/15623</t>
   </si>
   <si>
     <t>M8 MS T-Nut Hammer Head Slide In for 40 Series Aluminum Profile</t>
@@ -338,56 +326,50 @@
     <t>https://www.ronical.com/15536</t>
   </si>
   <si>
     <t>F685-ZZ 5x11x5mm Flange Ball Bearing Metal Shield</t>
   </si>
   <si>
     <t>https://www.ronical.com/15534</t>
   </si>
   <si>
     <t>F605-ZZ 5x14x5mm Flange Ball Bearing Metal Shield</t>
   </si>
   <si>
     <t>https://www.ronical.com/15532</t>
   </si>
   <si>
     <t>F604-ZZ 4x12x4mm Flange Ball Bearing Metal Shield</t>
   </si>
   <si>
     <t>https://www.ronical.com/15531</t>
   </si>
   <si>
     <t>F694-ZZ 4x11x4mm Flange Ball Bearing Metal Shield</t>
   </si>
   <si>
     <t>https://www.ronical.com/15530</t>
-  </si>
-[...4 lines deleted...]
-    <t>https://www.ronical.com/15529</t>
   </si>
   <si>
     <t>F624-ZZ 4x13x5mm Flange Ball Bearing Metal Shield</t>
   </si>
   <si>
     <t>https://www.ronical.com/15528</t>
   </si>
   <si>
     <t>F623-ZZ 3x10x4mm Flange Ball Bearing Metal Shield</t>
   </si>
   <si>
     <t>https://www.ronical.com/15527</t>
   </si>
   <si>
     <t>F6800-ZZ 10x19x5mm Flange Ball Bearing Metal Shield</t>
   </si>
   <si>
     <t>https://www.ronical.com/15547</t>
   </si>
   <si>
     <t>F63800-ZZ 10x19x7mm Flange Ball Bearing Metal Shield</t>
   </si>
   <si>
     <t>https://www.ronical.com/15546</t>
   </si>
@@ -2271,63 +2253,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15676" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15677" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15666" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15665" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15664" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15663" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15668" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15667" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15655" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15654" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15653" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15658" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15656" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15648" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15647" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15646" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15644" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15643" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15632" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15637" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15636" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15634" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15633" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15626" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15630" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15628" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15627" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15622" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15623" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15619" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15618" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15617" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15616" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15611" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15609" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15608" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15610" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15601" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15599" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15598" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15596" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15595" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15594" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15593" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15592" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15538" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15537" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15536" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15534" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15532" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15531" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15530" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15529" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15528" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15527" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15547" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15546" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15545" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15544" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15543" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15542" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15541" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15540" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15539" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15550" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15548" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15493" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15492" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15491" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15489" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15488" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15496" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15495" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15494" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15497" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15490" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15487" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15485" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15482" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15476" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15473" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15472" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15471" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15468" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15467" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15465" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15464" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15460" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15458" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15456" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15453" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15452" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15451" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15450" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15449" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15446" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15445" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15443" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15442" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15444" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15439" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15438" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15437" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15436" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15435" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15434" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15433" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15432" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15431" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15430" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15428" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15424" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15423" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15422" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15421" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15420" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15419" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15418" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15414" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15413" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15412" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15411" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15409" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15407" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15405" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15404" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15403" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15397" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15396" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15395" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15394" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15393" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15392" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15390" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15386" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15382" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15381" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15380" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15373" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15372" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15371" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15370" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15369" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15366" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15365" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15364" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15363" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15362" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15361" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15360" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15358" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15277" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15276" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15275" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15274" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15273" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15272" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15271" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15262" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15261" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15260" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15244" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15243" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15242" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15240" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15239" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15238" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15235" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15234" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15233" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15231" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15230" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15255" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15253" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15229" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15228" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15218" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15217" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15215" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15214" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15210" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15204" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15203" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15202" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15201" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15200" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15199" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15198" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15197" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15196" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15195" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15194" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15193" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15192" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15190" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15189" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15188" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15186" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15185" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15182" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15179" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15178" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15177" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15268" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15267" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15266" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15183" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15116" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15114" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15112" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15111" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15110" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15109" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15108" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15107" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15106" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15104" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15102" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15097" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15096" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15095" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15094" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15093" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15092" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15090" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15089" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15088" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15087" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15086" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15085" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15084" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15083" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15082" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15081" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15078" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15077" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15076" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15073" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15072" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15071" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15070" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15069" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15068" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15066" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15065" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15063" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15062" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15061" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15060" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15059" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15058" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15055" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15054" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15052" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15050" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15184" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15049" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15048" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15047" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15046" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15045" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15044" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15043" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15042" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15041" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15039" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15038" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15036" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15035" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15033" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15032" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15030" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15028" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15027" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15026" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15025" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15020" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15018" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15017" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15016" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15014" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15013" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15012" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15011" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15010" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15007" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15023" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15022" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15165" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15163" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15161" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15157" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15148" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15142" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15141" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15140" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15139" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15138" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15137" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15136" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15135" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15134" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15133" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15131" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15130" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15129" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15127" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15126" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15125" TargetMode="External"/><Relationship Id="rId_hyperlink_310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15124" TargetMode="External"/><Relationship Id="rId_hyperlink_311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15120" TargetMode="External"/><Relationship Id="rId_hyperlink_312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15119" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15676" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15677" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15666" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15665" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15664" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15663" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15668" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15667" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15655" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15654" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15653" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15658" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15656" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15648" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15647" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15646" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15644" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15643" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15632" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15637" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15636" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15634" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15633" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15628" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15627" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15622" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15623" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15619" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15618" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15617" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15616" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15611" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15609" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15608" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15610" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15601" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15599" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15598" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15596" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15595" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15594" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15593" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15592" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15538" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15537" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15536" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15534" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15532" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15531" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15530" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15528" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15527" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15547" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15546" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15545" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15544" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15543" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15542" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15541" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15540" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15539" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15550" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15548" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15493" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15492" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15491" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15489" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15488" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15496" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15495" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15494" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15497" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15490" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15487" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15485" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15482" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15476" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15473" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15472" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15471" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15468" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15467" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15465" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15464" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15460" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15458" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15456" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15453" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15452" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15451" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15450" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15449" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15446" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15445" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15443" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15442" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15444" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15439" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15438" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15437" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15436" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15435" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15434" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15433" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15432" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15431" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15430" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15428" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15424" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15423" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15422" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15421" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15420" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15419" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15418" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15414" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15413" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15412" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15411" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15409" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15407" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15405" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15404" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15403" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15397" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15396" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15395" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15394" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15393" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15392" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15390" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15386" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15382" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15381" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15380" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15373" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15372" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15371" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15370" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15369" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15366" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15365" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15364" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15363" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15362" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15361" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15360" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15358" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15277" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15276" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15275" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15274" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15273" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15272" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15271" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15262" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15261" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15260" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15244" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15243" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15242" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15240" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15239" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15238" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15235" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15234" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15233" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15231" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15230" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15255" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15253" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15229" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15228" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15218" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15217" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15215" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15214" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15210" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15204" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15203" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15202" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15201" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15200" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15199" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15198" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15197" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15196" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15195" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15194" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15193" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15192" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15190" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15189" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15188" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15186" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15185" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15182" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15179" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15178" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15177" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15268" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15267" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15266" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15183" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15116" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15114" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15112" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15111" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15110" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15109" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15108" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15107" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15106" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15104" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15102" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15097" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15096" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15095" TargetMode="External"/><Relationship Id="rId_hyperlink_219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15094" TargetMode="External"/><Relationship Id="rId_hyperlink_220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15093" TargetMode="External"/><Relationship Id="rId_hyperlink_221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15092" TargetMode="External"/><Relationship Id="rId_hyperlink_222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15090" TargetMode="External"/><Relationship Id="rId_hyperlink_223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15089" TargetMode="External"/><Relationship Id="rId_hyperlink_224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15088" TargetMode="External"/><Relationship Id="rId_hyperlink_225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15087" TargetMode="External"/><Relationship Id="rId_hyperlink_226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15086" TargetMode="External"/><Relationship Id="rId_hyperlink_227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15085" TargetMode="External"/><Relationship Id="rId_hyperlink_228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15084" TargetMode="External"/><Relationship Id="rId_hyperlink_229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15083" TargetMode="External"/><Relationship Id="rId_hyperlink_230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15082" TargetMode="External"/><Relationship Id="rId_hyperlink_231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15081" TargetMode="External"/><Relationship Id="rId_hyperlink_232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15078" TargetMode="External"/><Relationship Id="rId_hyperlink_233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15077" TargetMode="External"/><Relationship Id="rId_hyperlink_234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15076" TargetMode="External"/><Relationship Id="rId_hyperlink_235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15073" TargetMode="External"/><Relationship Id="rId_hyperlink_236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15072" TargetMode="External"/><Relationship Id="rId_hyperlink_237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15071" TargetMode="External"/><Relationship Id="rId_hyperlink_238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15070" TargetMode="External"/><Relationship Id="rId_hyperlink_239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15069" TargetMode="External"/><Relationship Id="rId_hyperlink_240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15068" TargetMode="External"/><Relationship Id="rId_hyperlink_241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15066" TargetMode="External"/><Relationship Id="rId_hyperlink_242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15065" TargetMode="External"/><Relationship Id="rId_hyperlink_243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15063" TargetMode="External"/><Relationship Id="rId_hyperlink_244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15062" TargetMode="External"/><Relationship Id="rId_hyperlink_245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15061" TargetMode="External"/><Relationship Id="rId_hyperlink_246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15060" TargetMode="External"/><Relationship Id="rId_hyperlink_247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15059" TargetMode="External"/><Relationship Id="rId_hyperlink_248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15058" TargetMode="External"/><Relationship Id="rId_hyperlink_249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15055" TargetMode="External"/><Relationship Id="rId_hyperlink_250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15054" TargetMode="External"/><Relationship Id="rId_hyperlink_251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15052" TargetMode="External"/><Relationship Id="rId_hyperlink_252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15050" TargetMode="External"/><Relationship Id="rId_hyperlink_253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15184" TargetMode="External"/><Relationship Id="rId_hyperlink_254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15049" TargetMode="External"/><Relationship Id="rId_hyperlink_255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15048" TargetMode="External"/><Relationship Id="rId_hyperlink_256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15047" TargetMode="External"/><Relationship Id="rId_hyperlink_257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15046" TargetMode="External"/><Relationship Id="rId_hyperlink_258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15045" TargetMode="External"/><Relationship Id="rId_hyperlink_259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15044" TargetMode="External"/><Relationship Id="rId_hyperlink_260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15043" TargetMode="External"/><Relationship Id="rId_hyperlink_261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15042" TargetMode="External"/><Relationship Id="rId_hyperlink_262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15041" TargetMode="External"/><Relationship Id="rId_hyperlink_263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15039" TargetMode="External"/><Relationship Id="rId_hyperlink_264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15038" TargetMode="External"/><Relationship Id="rId_hyperlink_265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15036" TargetMode="External"/><Relationship Id="rId_hyperlink_266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15035" TargetMode="External"/><Relationship Id="rId_hyperlink_267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15033" TargetMode="External"/><Relationship Id="rId_hyperlink_268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15032" TargetMode="External"/><Relationship Id="rId_hyperlink_269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15030" TargetMode="External"/><Relationship Id="rId_hyperlink_270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15028" TargetMode="External"/><Relationship Id="rId_hyperlink_271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15027" TargetMode="External"/><Relationship Id="rId_hyperlink_272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15026" TargetMode="External"/><Relationship Id="rId_hyperlink_273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15025" TargetMode="External"/><Relationship Id="rId_hyperlink_274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15020" TargetMode="External"/><Relationship Id="rId_hyperlink_275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15018" TargetMode="External"/><Relationship Id="rId_hyperlink_276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15017" TargetMode="External"/><Relationship Id="rId_hyperlink_277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15016" TargetMode="External"/><Relationship Id="rId_hyperlink_278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15014" TargetMode="External"/><Relationship Id="rId_hyperlink_279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15013" TargetMode="External"/><Relationship Id="rId_hyperlink_280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15012" TargetMode="External"/><Relationship Id="rId_hyperlink_281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15011" TargetMode="External"/><Relationship Id="rId_hyperlink_282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15010" TargetMode="External"/><Relationship Id="rId_hyperlink_283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15007" TargetMode="External"/><Relationship Id="rId_hyperlink_284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15023" TargetMode="External"/><Relationship Id="rId_hyperlink_285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15022" TargetMode="External"/><Relationship Id="rId_hyperlink_286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15165" TargetMode="External"/><Relationship Id="rId_hyperlink_287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15163" TargetMode="External"/><Relationship Id="rId_hyperlink_288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15161" TargetMode="External"/><Relationship Id="rId_hyperlink_289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15157" TargetMode="External"/><Relationship Id="rId_hyperlink_290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15148" TargetMode="External"/><Relationship Id="rId_hyperlink_291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15142" TargetMode="External"/><Relationship Id="rId_hyperlink_292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15141" TargetMode="External"/><Relationship Id="rId_hyperlink_293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15140" TargetMode="External"/><Relationship Id="rId_hyperlink_294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15139" TargetMode="External"/><Relationship Id="rId_hyperlink_295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15138" TargetMode="External"/><Relationship Id="rId_hyperlink_296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15137" TargetMode="External"/><Relationship Id="rId_hyperlink_297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15136" TargetMode="External"/><Relationship Id="rId_hyperlink_298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15135" TargetMode="External"/><Relationship Id="rId_hyperlink_299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15134" TargetMode="External"/><Relationship Id="rId_hyperlink_300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15133" TargetMode="External"/><Relationship Id="rId_hyperlink_301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15131" TargetMode="External"/><Relationship Id="rId_hyperlink_302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15130" TargetMode="External"/><Relationship Id="rId_hyperlink_303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15129" TargetMode="External"/><Relationship Id="rId_hyperlink_304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15127" TargetMode="External"/><Relationship Id="rId_hyperlink_305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15126" TargetMode="External"/><Relationship Id="rId_hyperlink_306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15125" TargetMode="External"/><Relationship Id="rId_hyperlink_307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15124" TargetMode="External"/><Relationship Id="rId_hyperlink_308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15120" TargetMode="External"/><Relationship Id="rId_hyperlink_309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ronical.com/15119" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D313"/>
+  <dimension ref="A1:D310"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="D313" sqref="D313"/>
+      <selection activeCell="D310" sqref="D310"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16" bestFit="true" customWidth="true" style="3"/>
     <col min="3" max="3" width="13" bestFit="true" customWidth="true" style="5"/>
     <col min="2" max="2" width="121" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="3">
@@ -2631,4092 +2613,4050 @@
         <v>46</v>
       </c>
       <c r="C23" s="5">
         <v>60.0</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="3">
         <v>15633</v>
       </c>
       <c r="B24" t="s">
         <v>48</v>
       </c>
       <c r="C24" s="5">
         <v>55.0</v>
       </c>
       <c r="D24" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="3">
-        <v>15626</v>
+        <v>15628</v>
       </c>
       <c r="B25" t="s">
         <v>50</v>
       </c>
       <c r="C25" s="5">
-        <v>175.0</v>
+        <v>200.0</v>
       </c>
       <c r="D25" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="3">
-        <v>15630</v>
+        <v>15627</v>
       </c>
       <c r="B26" t="s">
         <v>52</v>
       </c>
       <c r="C26" s="5">
-        <v>375.0</v>
+        <v>175.0</v>
       </c>
       <c r="D26" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="3">
-        <v>15628</v>
+        <v>15622</v>
       </c>
       <c r="B27" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="5">
         <v>200.0</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="3">
-        <v>15627</v>
+        <v>15623</v>
       </c>
       <c r="B28" t="s">
         <v>56</v>
       </c>
       <c r="C28" s="5">
-        <v>175.0</v>
+        <v>275.0</v>
       </c>
       <c r="D28" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="3">
-        <v>15622</v>
+        <v>15619</v>
       </c>
       <c r="B29" t="s">
         <v>58</v>
       </c>
       <c r="C29" s="5">
-        <v>200.0</v>
+        <v>5.0</v>
       </c>
       <c r="D29" s="6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="3">
-        <v>15623</v>
+        <v>15618</v>
       </c>
       <c r="B30" t="s">
         <v>60</v>
       </c>
       <c r="C30" s="5">
-        <v>275.0</v>
+        <v>5.0</v>
       </c>
       <c r="D30" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="3">
-        <v>15619</v>
+        <v>15617</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" s="5">
         <v>5.0</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="3">
-        <v>15618</v>
+        <v>15616</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" s="5">
         <v>5.0</v>
       </c>
       <c r="D32" s="6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="3">
-        <v>15617</v>
+        <v>15611</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" s="5">
-        <v>5.0</v>
+        <v>170.0</v>
       </c>
       <c r="D33" s="6" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="3">
-        <v>15616</v>
+        <v>15609</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" s="5">
-        <v>5.0</v>
+        <v>130.0</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="3">
-        <v>15611</v>
+        <v>15608</v>
       </c>
       <c r="B35" t="s">
         <v>70</v>
       </c>
       <c r="C35" s="5">
-        <v>170.0</v>
+        <v>120.0</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="3">
-        <v>15609</v>
+        <v>15610</v>
       </c>
       <c r="B36" t="s">
         <v>72</v>
       </c>
       <c r="C36" s="5">
-        <v>130.0</v>
+        <v>150.0</v>
       </c>
       <c r="D36" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="3">
-        <v>15608</v>
+        <v>15601</v>
       </c>
       <c r="B37" t="s">
         <v>74</v>
       </c>
       <c r="C37" s="5">
         <v>120.0</v>
       </c>
       <c r="D37" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="3">
-        <v>15610</v>
+        <v>15599</v>
       </c>
       <c r="B38" t="s">
         <v>76</v>
       </c>
       <c r="C38" s="5">
-        <v>150.0</v>
+        <v>90.0</v>
       </c>
       <c r="D38" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="3">
-        <v>15601</v>
+        <v>15598</v>
       </c>
       <c r="B39" t="s">
         <v>78</v>
       </c>
       <c r="C39" s="5">
-        <v>120.0</v>
+        <v>85.0</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="3">
-        <v>15599</v>
+        <v>15596</v>
       </c>
       <c r="B40" t="s">
         <v>80</v>
       </c>
       <c r="C40" s="5">
-        <v>90.0</v>
+        <v>5.0</v>
       </c>
       <c r="D40" s="6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="3">
-        <v>15598</v>
+        <v>15595</v>
       </c>
       <c r="B41" t="s">
         <v>82</v>
       </c>
       <c r="C41" s="5">
-        <v>85.0</v>
+        <v>5.0</v>
       </c>
       <c r="D41" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="3">
-        <v>15596</v>
+        <v>15594</v>
       </c>
       <c r="B42" t="s">
         <v>84</v>
       </c>
       <c r="C42" s="5">
         <v>5.0</v>
       </c>
       <c r="D42" s="6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="3">
-        <v>15595</v>
+        <v>15593</v>
       </c>
       <c r="B43" t="s">
         <v>86</v>
       </c>
       <c r="C43" s="5">
         <v>5.0</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="3">
-        <v>15594</v>
+        <v>15592</v>
       </c>
       <c r="B44" t="s">
         <v>88</v>
       </c>
       <c r="C44" s="5">
         <v>5.0</v>
       </c>
       <c r="D44" s="6" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="3">
-        <v>15593</v>
+        <v>15538</v>
       </c>
       <c r="B45" t="s">
         <v>90</v>
       </c>
       <c r="C45" s="5">
-        <v>5.0</v>
+        <v>33.0</v>
       </c>
       <c r="D45" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="3">
-        <v>15592</v>
+        <v>15537</v>
       </c>
       <c r="B46" t="s">
         <v>92</v>
       </c>
       <c r="C46" s="5">
-        <v>5.0</v>
+        <v>33.0</v>
       </c>
       <c r="D46" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="3">
-        <v>15538</v>
+        <v>15536</v>
       </c>
       <c r="B47" t="s">
         <v>94</v>
       </c>
       <c r="C47" s="5">
-        <v>33.0</v>
+        <v>22.0</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="3">
-        <v>15537</v>
+        <v>15534</v>
       </c>
       <c r="B48" t="s">
         <v>96</v>
       </c>
       <c r="C48" s="5">
-        <v>33.0</v>
+        <v>31.0</v>
       </c>
       <c r="D48" s="6" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="3">
-        <v>15536</v>
+        <v>15532</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" s="5">
-        <v>22.0</v>
+        <v>36.0</v>
       </c>
       <c r="D49" s="6" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="3">
-        <v>15534</v>
+        <v>15531</v>
       </c>
       <c r="B50" t="s">
         <v>100</v>
       </c>
       <c r="C50" s="5">
-        <v>31.0</v>
+        <v>34.0</v>
       </c>
       <c r="D50" s="6" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="3">
-        <v>15532</v>
+        <v>15530</v>
       </c>
       <c r="B51" t="s">
         <v>102</v>
       </c>
       <c r="C51" s="5">
-        <v>36.0</v>
+        <v>32.0</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="3">
-        <v>15531</v>
+        <v>15528</v>
       </c>
       <c r="B52" t="s">
         <v>104</v>
       </c>
       <c r="C52" s="5">
         <v>34.0</v>
       </c>
       <c r="D52" s="6" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="3">
-        <v>15530</v>
+        <v>15527</v>
       </c>
       <c r="B53" t="s">
         <v>106</v>
       </c>
       <c r="C53" s="5">
-        <v>32.0</v>
+        <v>42.0</v>
       </c>
       <c r="D53" s="6" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="3">
-        <v>15529</v>
+        <v>15547</v>
       </c>
       <c r="B54" t="s">
         <v>108</v>
       </c>
       <c r="C54" s="5">
-        <v>30.0</v>
+        <v>32.0</v>
       </c>
       <c r="D54" s="6" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="3">
-        <v>15528</v>
+        <v>15546</v>
       </c>
       <c r="B55" t="s">
         <v>110</v>
       </c>
       <c r="C55" s="5">
-        <v>34.0</v>
+        <v>52.0</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="3">
-        <v>15527</v>
+        <v>15545</v>
       </c>
       <c r="B56" t="s">
         <v>112</v>
       </c>
       <c r="C56" s="5">
-        <v>42.0</v>
+        <v>34.0</v>
       </c>
       <c r="D56" s="6" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="3">
-        <v>15547</v>
+        <v>15544</v>
       </c>
       <c r="B57" t="s">
         <v>114</v>
       </c>
       <c r="C57" s="5">
         <v>32.0</v>
       </c>
       <c r="D57" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="3">
-        <v>15546</v>
+        <v>15543</v>
       </c>
       <c r="B58" t="s">
         <v>116</v>
       </c>
       <c r="C58" s="5">
         <v>52.0</v>
       </c>
       <c r="D58" s="6" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="3">
-        <v>15545</v>
+        <v>15542</v>
       </c>
       <c r="B59" t="s">
         <v>118</v>
       </c>
       <c r="C59" s="5">
-        <v>34.0</v>
+        <v>32.0</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="3">
-        <v>15544</v>
+        <v>15541</v>
       </c>
       <c r="B60" t="s">
         <v>120</v>
       </c>
       <c r="C60" s="5">
-        <v>32.0</v>
+        <v>27.0</v>
       </c>
       <c r="D60" s="6" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="3">
-        <v>15543</v>
+        <v>15540</v>
       </c>
       <c r="B61" t="s">
         <v>122</v>
       </c>
       <c r="C61" s="5">
-        <v>52.0</v>
+        <v>27.0</v>
       </c>
       <c r="D61" s="6" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="3">
-        <v>15542</v>
+        <v>15539</v>
       </c>
       <c r="B62" t="s">
         <v>124</v>
       </c>
       <c r="C62" s="5">
-        <v>32.0</v>
+        <v>25.0</v>
       </c>
       <c r="D62" s="6" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="3">
-        <v>15541</v>
+        <v>15550</v>
       </c>
       <c r="B63" t="s">
         <v>126</v>
       </c>
       <c r="C63" s="5">
-        <v>27.0</v>
+        <v>50.0</v>
       </c>
       <c r="D63" s="6" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="3">
-        <v>15540</v>
+        <v>15548</v>
       </c>
       <c r="B64" t="s">
         <v>128</v>
       </c>
       <c r="C64" s="5">
-        <v>27.0</v>
+        <v>34.0</v>
       </c>
       <c r="D64" s="6" t="s">
         <v>129</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="3">
-        <v>15539</v>
+        <v>15493</v>
       </c>
       <c r="B65" t="s">
         <v>130</v>
       </c>
       <c r="C65" s="5">
-        <v>25.0</v>
+        <v>13.0</v>
       </c>
       <c r="D65" s="6" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="3">
-        <v>15550</v>
+        <v>15492</v>
       </c>
       <c r="B66" t="s">
         <v>132</v>
       </c>
       <c r="C66" s="5">
-        <v>50.0</v>
+        <v>9.0</v>
       </c>
       <c r="D66" s="6" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="3">
-        <v>15548</v>
+        <v>15491</v>
       </c>
       <c r="B67" t="s">
         <v>134</v>
       </c>
       <c r="C67" s="5">
-        <v>34.0</v>
+        <v>9.5</v>
       </c>
       <c r="D67" s="6" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="3">
-        <v>15493</v>
+        <v>15489</v>
       </c>
       <c r="B68" t="s">
         <v>136</v>
       </c>
       <c r="C68" s="5">
-        <v>13.0</v>
+        <v>10.0</v>
       </c>
       <c r="D68" s="6" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="3">
-        <v>15492</v>
+        <v>15488</v>
       </c>
       <c r="B69" t="s">
         <v>138</v>
       </c>
       <c r="C69" s="5">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="3">
-        <v>15491</v>
+        <v>15496</v>
       </c>
       <c r="B70" t="s">
         <v>140</v>
       </c>
       <c r="C70" s="5">
-        <v>9.5</v>
+        <v>11.0</v>
       </c>
       <c r="D70" s="6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="3">
-        <v>15489</v>
+        <v>15495</v>
       </c>
       <c r="B71" t="s">
         <v>142</v>
       </c>
       <c r="C71" s="5">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="D71" s="6" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="3">
-        <v>15488</v>
+        <v>15494</v>
       </c>
       <c r="B72" t="s">
         <v>144</v>
       </c>
       <c r="C72" s="5">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="D72" s="6" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="3">
-        <v>15496</v>
+        <v>15497</v>
       </c>
       <c r="B73" t="s">
         <v>146</v>
       </c>
       <c r="C73" s="5">
         <v>11.0</v>
       </c>
       <c r="D73" s="6" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="3">
-        <v>15495</v>
+        <v>15490</v>
       </c>
       <c r="B74" t="s">
         <v>148</v>
       </c>
       <c r="C74" s="5">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="D74" s="6" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="3">
-        <v>15494</v>
+        <v>15487</v>
       </c>
       <c r="B75" t="s">
         <v>150</v>
       </c>
       <c r="C75" s="5">
-        <v>10.0</v>
+        <v>14.0</v>
       </c>
       <c r="D75" s="6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="3">
-        <v>15497</v>
+        <v>15485</v>
       </c>
       <c r="B76" t="s">
         <v>152</v>
       </c>
       <c r="C76" s="5">
-        <v>11.0</v>
+        <v>7.0</v>
       </c>
       <c r="D76" s="6" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="3">
-        <v>15490</v>
+        <v>15482</v>
       </c>
       <c r="B77" t="s">
         <v>154</v>
       </c>
       <c r="C77" s="5">
         <v>10.0</v>
       </c>
       <c r="D77" s="6" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="3">
-        <v>15487</v>
+        <v>15476</v>
       </c>
       <c r="B78" t="s">
         <v>156</v>
       </c>
       <c r="C78" s="5">
-        <v>14.0</v>
+        <v>25.0</v>
       </c>
       <c r="D78" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="3">
-        <v>15485</v>
+        <v>15473</v>
       </c>
       <c r="B79" t="s">
         <v>158</v>
       </c>
       <c r="C79" s="5">
-        <v>7.0</v>
+        <v>9.0</v>
       </c>
       <c r="D79" s="6" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="3">
-        <v>15482</v>
+        <v>15472</v>
       </c>
       <c r="B80" t="s">
         <v>160</v>
       </c>
       <c r="C80" s="5">
-        <v>10.0</v>
+        <v>9.0</v>
       </c>
       <c r="D80" s="6" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="3">
-        <v>15476</v>
+        <v>15471</v>
       </c>
       <c r="B81" t="s">
         <v>162</v>
       </c>
       <c r="C81" s="5">
-        <v>25.0</v>
+        <v>9.0</v>
       </c>
       <c r="D81" s="6" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="3">
-        <v>15473</v>
+        <v>15468</v>
       </c>
       <c r="B82" t="s">
         <v>164</v>
       </c>
       <c r="C82" s="5">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="D82" s="6" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="3">
-        <v>15472</v>
+        <v>15467</v>
       </c>
       <c r="B83" t="s">
         <v>166</v>
       </c>
       <c r="C83" s="5">
-        <v>9.0</v>
+        <v>7.0</v>
       </c>
       <c r="D83" s="6" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="3">
-        <v>15471</v>
+        <v>15465</v>
       </c>
       <c r="B84" t="s">
         <v>168</v>
       </c>
       <c r="C84" s="5">
-        <v>9.0</v>
+        <v>65.0</v>
       </c>
       <c r="D84" s="6" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="3">
-        <v>15468</v>
+        <v>15464</v>
       </c>
       <c r="B85" t="s">
         <v>170</v>
       </c>
       <c r="C85" s="5">
-        <v>7.0</v>
+        <v>55.0</v>
       </c>
       <c r="D85" s="6" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="3">
-        <v>15467</v>
+        <v>15460</v>
       </c>
       <c r="B86" t="s">
         <v>172</v>
       </c>
       <c r="C86" s="5">
-        <v>7.0</v>
+        <v>15.0</v>
       </c>
       <c r="D86" s="6" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="3">
-        <v>15465</v>
+        <v>15458</v>
       </c>
       <c r="B87" t="s">
         <v>174</v>
       </c>
       <c r="C87" s="5">
-        <v>65.0</v>
+        <v>10.0</v>
       </c>
       <c r="D87" s="6" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="3">
-        <v>15464</v>
+        <v>15456</v>
       </c>
       <c r="B88" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="5">
-        <v>55.0</v>
+        <v>30.0</v>
       </c>
       <c r="D88" s="6" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="3">
-        <v>15460</v>
+        <v>15453</v>
       </c>
       <c r="B89" t="s">
         <v>178</v>
       </c>
       <c r="C89" s="5">
-        <v>15.0</v>
+        <v>18.0</v>
       </c>
       <c r="D89" s="6" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="3">
-        <v>15458</v>
+        <v>15452</v>
       </c>
       <c r="B90" t="s">
         <v>180</v>
       </c>
       <c r="C90" s="5">
-        <v>10.0</v>
+        <v>17.0</v>
       </c>
       <c r="D90" s="6" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="3">
-        <v>15456</v>
+        <v>15451</v>
       </c>
       <c r="B91" t="s">
         <v>182</v>
       </c>
       <c r="C91" s="5">
-        <v>30.0</v>
+        <v>15.0</v>
       </c>
       <c r="D91" s="6" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="3">
-        <v>15453</v>
+        <v>15450</v>
       </c>
       <c r="B92" t="s">
         <v>184</v>
       </c>
       <c r="C92" s="5">
-        <v>18.0</v>
+        <v>12.0</v>
       </c>
       <c r="D92" s="6" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="3">
-        <v>15452</v>
+        <v>15449</v>
       </c>
       <c r="B93" t="s">
         <v>186</v>
       </c>
       <c r="C93" s="5">
-        <v>17.0</v>
+        <v>10.0</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="3">
-        <v>15451</v>
+        <v>15446</v>
       </c>
       <c r="B94" t="s">
         <v>188</v>
       </c>
       <c r="C94" s="5">
-        <v>15.0</v>
+        <v>20.0</v>
       </c>
       <c r="D94" s="6" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="3">
-        <v>15450</v>
+        <v>15445</v>
       </c>
       <c r="B95" t="s">
         <v>190</v>
       </c>
       <c r="C95" s="5">
-        <v>12.0</v>
+        <v>10.0</v>
       </c>
       <c r="D95" s="6" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="3">
-        <v>15449</v>
+        <v>15443</v>
       </c>
       <c r="B96" t="s">
         <v>192</v>
       </c>
       <c r="C96" s="5">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="D96" s="6" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="3">
-        <v>15446</v>
+        <v>15442</v>
       </c>
       <c r="B97" t="s">
         <v>194</v>
       </c>
       <c r="C97" s="5">
-        <v>20.0</v>
+        <v>7.85</v>
       </c>
       <c r="D97" s="6" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="3">
-        <v>15445</v>
+        <v>15444</v>
       </c>
       <c r="B98" t="s">
         <v>196</v>
       </c>
       <c r="C98" s="5">
-        <v>10.0</v>
+        <v>8.25</v>
       </c>
       <c r="D98" s="6" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="3">
-        <v>15443</v>
+        <v>15439</v>
       </c>
       <c r="B99" t="s">
         <v>198</v>
       </c>
       <c r="C99" s="5">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="D99" s="6" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="3">
-        <v>15442</v>
+        <v>15438</v>
       </c>
       <c r="B100" t="s">
         <v>200</v>
       </c>
       <c r="C100" s="5">
-        <v>7.85</v>
+        <v>20.0</v>
       </c>
       <c r="D100" s="6" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="3">
-        <v>15444</v>
+        <v>15437</v>
       </c>
       <c r="B101" t="s">
         <v>202</v>
       </c>
       <c r="C101" s="5">
-        <v>8.25</v>
+        <v>44.0</v>
       </c>
       <c r="D101" s="6" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="3">
-        <v>15439</v>
+        <v>15436</v>
       </c>
       <c r="B102" t="s">
         <v>204</v>
       </c>
       <c r="C102" s="5">
-        <v>30.0</v>
+        <v>145.0</v>
       </c>
       <c r="D102" s="6" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" s="3">
-        <v>15438</v>
+        <v>15435</v>
       </c>
       <c r="B103" t="s">
         <v>206</v>
       </c>
       <c r="C103" s="5">
-        <v>20.0</v>
+        <v>75.0</v>
       </c>
       <c r="D103" s="6" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="3">
-        <v>15437</v>
+        <v>15434</v>
       </c>
       <c r="B104" t="s">
         <v>208</v>
       </c>
       <c r="C104" s="5">
-        <v>44.0</v>
+        <v>28.0</v>
       </c>
       <c r="D104" s="6" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" s="3">
-        <v>15436</v>
+        <v>15433</v>
       </c>
       <c r="B105" t="s">
         <v>210</v>
       </c>
       <c r="C105" s="5">
-        <v>145.0</v>
+        <v>23.0</v>
       </c>
       <c r="D105" s="6" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" s="3">
-        <v>15435</v>
+        <v>15432</v>
       </c>
       <c r="B106" t="s">
         <v>212</v>
       </c>
       <c r="C106" s="5">
-        <v>75.0</v>
+        <v>10.25</v>
       </c>
       <c r="D106" s="6" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" s="3">
-        <v>15434</v>
+        <v>15431</v>
       </c>
       <c r="B107" t="s">
         <v>214</v>
       </c>
       <c r="C107" s="5">
-        <v>28.0</v>
+        <v>5.0</v>
       </c>
       <c r="D107" s="6" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" s="3">
-        <v>15433</v>
+        <v>15430</v>
       </c>
       <c r="B108" t="s">
         <v>216</v>
       </c>
       <c r="C108" s="5">
-        <v>23.0</v>
+        <v>4.0</v>
       </c>
       <c r="D108" s="6" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" s="3">
-        <v>15432</v>
+        <v>15428</v>
       </c>
       <c r="B109" t="s">
         <v>218</v>
       </c>
       <c r="C109" s="5">
-        <v>10.25</v>
+        <v>7.0</v>
       </c>
       <c r="D109" s="6" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" s="3">
-        <v>15431</v>
+        <v>15424</v>
       </c>
       <c r="B110" t="s">
         <v>220</v>
       </c>
       <c r="C110" s="5">
-        <v>5.0</v>
+        <v>68.0</v>
       </c>
       <c r="D110" s="6" t="s">
         <v>221</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" s="3">
-        <v>15430</v>
+        <v>15423</v>
       </c>
       <c r="B111" t="s">
         <v>222</v>
       </c>
       <c r="C111" s="5">
-        <v>4.0</v>
+        <v>40.0</v>
       </c>
       <c r="D111" s="6" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" s="3">
-        <v>15428</v>
+        <v>15422</v>
       </c>
       <c r="B112" t="s">
         <v>224</v>
       </c>
       <c r="C112" s="5">
-        <v>7.0</v>
+        <v>22.0</v>
       </c>
       <c r="D112" s="6" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" s="3">
-        <v>15424</v>
+        <v>15421</v>
       </c>
       <c r="B113" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="5">
-        <v>68.0</v>
+        <v>220.0</v>
       </c>
       <c r="D113" s="6" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" s="3">
-        <v>15423</v>
+        <v>15420</v>
       </c>
       <c r="B114" t="s">
         <v>228</v>
       </c>
       <c r="C114" s="5">
-        <v>40.0</v>
+        <v>120.0</v>
       </c>
       <c r="D114" s="6" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" s="3">
-        <v>15422</v>
+        <v>15419</v>
       </c>
       <c r="B115" t="s">
         <v>230</v>
       </c>
       <c r="C115" s="5">
-        <v>22.0</v>
+        <v>42.0</v>
       </c>
       <c r="D115" s="6" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" s="3">
-        <v>15421</v>
+        <v>15418</v>
       </c>
       <c r="B116" t="s">
         <v>232</v>
       </c>
       <c r="C116" s="5">
-        <v>220.0</v>
+        <v>30.0</v>
       </c>
       <c r="D116" s="6" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" s="3">
-        <v>15420</v>
+        <v>15414</v>
       </c>
       <c r="B117" t="s">
         <v>234</v>
       </c>
       <c r="C117" s="5">
-        <v>120.0</v>
+        <v>19.85</v>
       </c>
       <c r="D117" s="6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" s="3">
-        <v>15419</v>
+        <v>15413</v>
       </c>
       <c r="B118" t="s">
         <v>236</v>
       </c>
       <c r="C118" s="5">
-        <v>42.0</v>
+        <v>10.75</v>
       </c>
       <c r="D118" s="6" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" s="3">
-        <v>15418</v>
+        <v>15412</v>
       </c>
       <c r="B119" t="s">
         <v>238</v>
       </c>
       <c r="C119" s="5">
-        <v>30.0</v>
+        <v>5.5</v>
       </c>
       <c r="D119" s="6" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" s="3">
-        <v>15414</v>
+        <v>15411</v>
       </c>
       <c r="B120" t="s">
         <v>240</v>
       </c>
       <c r="C120" s="5">
-        <v>19.85</v>
+        <v>285.0</v>
       </c>
       <c r="D120" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" s="3">
-        <v>15413</v>
+        <v>15409</v>
       </c>
       <c r="B121" t="s">
         <v>242</v>
       </c>
       <c r="C121" s="5">
-        <v>10.75</v>
+        <v>8.0</v>
       </c>
       <c r="D121" s="6" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" s="3">
-        <v>15412</v>
+        <v>15407</v>
       </c>
       <c r="B122" t="s">
         <v>244</v>
       </c>
       <c r="C122" s="5">
-        <v>5.5</v>
+        <v>3.0</v>
       </c>
       <c r="D122" s="6" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" s="3">
-        <v>15411</v>
+        <v>15405</v>
       </c>
       <c r="B123" t="s">
         <v>246</v>
       </c>
       <c r="C123" s="5">
-        <v>285.0</v>
+        <v>4.0</v>
       </c>
       <c r="D123" s="6" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" s="3">
-        <v>15409</v>
+        <v>15404</v>
       </c>
       <c r="B124" t="s">
         <v>248</v>
       </c>
       <c r="C124" s="5">
-        <v>8.0</v>
+        <v>6.0</v>
       </c>
       <c r="D124" s="6" t="s">
         <v>249</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" s="3">
-        <v>15407</v>
+        <v>15403</v>
       </c>
       <c r="B125" t="s">
         <v>250</v>
       </c>
       <c r="C125" s="5">
-        <v>3.0</v>
+        <v>1.2</v>
       </c>
       <c r="D125" s="6" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" s="3">
-        <v>15405</v>
+        <v>15397</v>
       </c>
       <c r="B126" t="s">
         <v>252</v>
       </c>
       <c r="C126" s="5">
-        <v>4.0</v>
+        <v>30.0</v>
       </c>
       <c r="D126" s="6" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" s="3">
-        <v>15404</v>
+        <v>15396</v>
       </c>
       <c r="B127" t="s">
         <v>254</v>
       </c>
       <c r="C127" s="5">
-        <v>6.0</v>
+        <v>20.0</v>
       </c>
       <c r="D127" s="6" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" s="3">
-        <v>15403</v>
+        <v>15395</v>
       </c>
       <c r="B128" t="s">
         <v>256</v>
       </c>
       <c r="C128" s="5">
-        <v>1.2</v>
+        <v>15.0</v>
       </c>
       <c r="D128" s="6" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" s="3">
-        <v>15397</v>
+        <v>15394</v>
       </c>
       <c r="B129" t="s">
         <v>258</v>
       </c>
       <c r="C129" s="5">
-        <v>30.0</v>
+        <v>60.0</v>
       </c>
       <c r="D129" s="6" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" s="3">
-        <v>15396</v>
+        <v>15393</v>
       </c>
       <c r="B130" t="s">
         <v>260</v>
       </c>
       <c r="C130" s="5">
-        <v>20.0</v>
+        <v>57.0</v>
       </c>
       <c r="D130" s="6" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" s="3">
-        <v>15395</v>
+        <v>15392</v>
       </c>
       <c r="B131" t="s">
         <v>262</v>
       </c>
       <c r="C131" s="5">
-        <v>15.0</v>
+        <v>57.0</v>
       </c>
       <c r="D131" s="6" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" s="3">
-        <v>15394</v>
+        <v>15390</v>
       </c>
       <c r="B132" t="s">
         <v>264</v>
       </c>
       <c r="C132" s="5">
-        <v>60.0</v>
+        <v>15.0</v>
       </c>
       <c r="D132" s="6" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" s="3">
-        <v>15393</v>
+        <v>15386</v>
       </c>
       <c r="B133" t="s">
         <v>266</v>
       </c>
       <c r="C133" s="5">
-        <v>57.0</v>
+        <v>20.0</v>
       </c>
       <c r="D133" s="6" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" s="3">
-        <v>15392</v>
+        <v>15382</v>
       </c>
       <c r="B134" t="s">
         <v>268</v>
       </c>
       <c r="C134" s="5">
-        <v>57.0</v>
+        <v>110.0</v>
       </c>
       <c r="D134" s="6" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" s="3">
-        <v>15390</v>
+        <v>15381</v>
       </c>
       <c r="B135" t="s">
         <v>270</v>
       </c>
       <c r="C135" s="5">
-        <v>15.0</v>
+        <v>65.0</v>
       </c>
       <c r="D135" s="6" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" s="3">
-        <v>15386</v>
+        <v>15380</v>
       </c>
       <c r="B136" t="s">
         <v>272</v>
       </c>
       <c r="C136" s="5">
-        <v>20.0</v>
+        <v>1700.0</v>
       </c>
       <c r="D136" s="6" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" s="3">
-        <v>15382</v>
+        <v>15373</v>
       </c>
       <c r="B137" t="s">
         <v>274</v>
       </c>
       <c r="C137" s="5">
-        <v>110.0</v>
+        <v>7.5</v>
       </c>
       <c r="D137" s="6" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" s="3">
-        <v>15381</v>
+        <v>15372</v>
       </c>
       <c r="B138" t="s">
         <v>276</v>
       </c>
       <c r="C138" s="5">
-        <v>65.0</v>
+        <v>6.0</v>
       </c>
       <c r="D138" s="6" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" s="3">
-        <v>15380</v>
+        <v>15371</v>
       </c>
       <c r="B139" t="s">
         <v>278</v>
       </c>
       <c r="C139" s="5">
-        <v>1700.0</v>
+        <v>8.0</v>
       </c>
       <c r="D139" s="6" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" s="3">
-        <v>15373</v>
+        <v>15370</v>
       </c>
       <c r="B140" t="s">
         <v>280</v>
       </c>
       <c r="C140" s="5">
-        <v>7.5</v>
+        <v>6.0</v>
       </c>
       <c r="D140" s="6" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" s="3">
-        <v>15372</v>
+        <v>15369</v>
       </c>
       <c r="B141" t="s">
         <v>282</v>
       </c>
       <c r="C141" s="5">
         <v>6.0</v>
       </c>
       <c r="D141" s="6" t="s">
         <v>283</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" s="3">
-        <v>15371</v>
+        <v>15366</v>
       </c>
       <c r="B142" t="s">
         <v>284</v>
       </c>
       <c r="C142" s="5">
-        <v>8.0</v>
+        <v>4.5</v>
       </c>
       <c r="D142" s="6" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" s="3">
-        <v>15370</v>
+        <v>15365</v>
       </c>
       <c r="B143" t="s">
         <v>286</v>
       </c>
       <c r="C143" s="5">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="D143" s="6" t="s">
         <v>287</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" s="3">
-        <v>15369</v>
+        <v>15364</v>
       </c>
       <c r="B144" t="s">
         <v>288</v>
       </c>
       <c r="C144" s="5">
-        <v>6.0</v>
+        <v>4.5</v>
       </c>
       <c r="D144" s="6" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" s="3">
-        <v>15366</v>
+        <v>15363</v>
       </c>
       <c r="B145" t="s">
         <v>290</v>
       </c>
       <c r="C145" s="5">
-        <v>4.5</v>
+        <v>6.0</v>
       </c>
       <c r="D145" s="6" t="s">
         <v>291</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" s="3">
-        <v>15365</v>
+        <v>15362</v>
       </c>
       <c r="B146" t="s">
         <v>292</v>
       </c>
       <c r="C146" s="5">
-        <v>3.0</v>
+        <v>7.5</v>
       </c>
       <c r="D146" s="6" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" s="3">
-        <v>15364</v>
+        <v>15361</v>
       </c>
       <c r="B147" t="s">
         <v>294</v>
       </c>
       <c r="C147" s="5">
-        <v>4.5</v>
+        <v>6.0</v>
       </c>
       <c r="D147" s="6" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" s="3">
-        <v>15363</v>
+        <v>15360</v>
       </c>
       <c r="B148" t="s">
         <v>296</v>
       </c>
       <c r="C148" s="5">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
       <c r="D148" s="6" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" s="3">
-        <v>15362</v>
+        <v>15358</v>
       </c>
       <c r="B149" t="s">
         <v>298</v>
       </c>
       <c r="C149" s="5">
-        <v>7.5</v>
+        <v>6.0</v>
       </c>
       <c r="D149" s="6" t="s">
         <v>299</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" s="3">
-        <v>15361</v>
+        <v>15277</v>
       </c>
       <c r="B150" t="s">
         <v>300</v>
       </c>
       <c r="C150" s="5">
-        <v>6.0</v>
+        <v>12.0</v>
       </c>
       <c r="D150" s="6" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" s="3">
-        <v>15360</v>
+        <v>15276</v>
       </c>
       <c r="B151" t="s">
         <v>302</v>
       </c>
       <c r="C151" s="5">
-        <v>9.0</v>
+        <v>10.0</v>
       </c>
       <c r="D151" s="6" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" s="3">
-        <v>15358</v>
+        <v>15275</v>
       </c>
       <c r="B152" t="s">
         <v>304</v>
       </c>
       <c r="C152" s="5">
-        <v>6.0</v>
+        <v>8.0</v>
       </c>
       <c r="D152" s="6" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" s="3">
-        <v>15277</v>
+        <v>15274</v>
       </c>
       <c r="B153" t="s">
         <v>306</v>
       </c>
       <c r="C153" s="5">
         <v>12.0</v>
       </c>
       <c r="D153" s="6" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" s="3">
-        <v>15276</v>
+        <v>15273</v>
       </c>
       <c r="B154" t="s">
         <v>308</v>
       </c>
       <c r="C154" s="5">
-        <v>10.0</v>
+        <v>12.0</v>
       </c>
       <c r="D154" s="6" t="s">
         <v>309</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" s="3">
-        <v>15275</v>
+        <v>15272</v>
       </c>
       <c r="B155" t="s">
         <v>310</v>
       </c>
       <c r="C155" s="5">
         <v>8.0</v>
       </c>
       <c r="D155" s="6" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" s="3">
-        <v>15274</v>
+        <v>15271</v>
       </c>
       <c r="B156" t="s">
         <v>312</v>
       </c>
       <c r="C156" s="5">
-        <v>12.0</v>
+        <v>1.75</v>
       </c>
       <c r="D156" s="6" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" s="3">
-        <v>15273</v>
+        <v>15262</v>
       </c>
       <c r="B157" t="s">
         <v>314</v>
       </c>
       <c r="C157" s="5">
-        <v>12.0</v>
+        <v>850.0</v>
       </c>
       <c r="D157" s="6" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" s="3">
-        <v>15272</v>
+        <v>15261</v>
       </c>
       <c r="B158" t="s">
         <v>316</v>
       </c>
       <c r="C158" s="5">
-        <v>8.0</v>
+        <v>0.85</v>
       </c>
       <c r="D158" s="6" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" s="3">
-        <v>15271</v>
+        <v>15260</v>
       </c>
       <c r="B159" t="s">
         <v>318</v>
       </c>
       <c r="C159" s="5">
-        <v>1.75</v>
+        <v>0.8</v>
       </c>
       <c r="D159" s="6" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" s="3">
-        <v>15262</v>
+        <v>15244</v>
       </c>
       <c r="B160" t="s">
         <v>320</v>
       </c>
       <c r="C160" s="5">
-        <v>850.0</v>
+        <v>9.0</v>
       </c>
       <c r="D160" s="6" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" s="3">
-        <v>15261</v>
+        <v>15243</v>
       </c>
       <c r="B161" t="s">
         <v>322</v>
       </c>
       <c r="C161" s="5">
-        <v>0.85</v>
+        <v>8.0</v>
       </c>
       <c r="D161" s="6" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" s="3">
-        <v>15260</v>
+        <v>15242</v>
       </c>
       <c r="B162" t="s">
         <v>324</v>
       </c>
       <c r="C162" s="5">
-        <v>0.8</v>
+        <v>7.2</v>
       </c>
       <c r="D162" s="6" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" s="3">
-        <v>15244</v>
+        <v>15240</v>
       </c>
       <c r="B163" t="s">
         <v>326</v>
       </c>
       <c r="C163" s="5">
-        <v>9.0</v>
+        <v>675.0</v>
       </c>
       <c r="D163" s="6" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" s="3">
-        <v>15243</v>
+        <v>15239</v>
       </c>
       <c r="B164" t="s">
         <v>328</v>
       </c>
       <c r="C164" s="5">
-        <v>8.0</v>
+        <v>2.0</v>
       </c>
       <c r="D164" s="6" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" s="3">
-        <v>15242</v>
+        <v>15238</v>
       </c>
       <c r="B165" t="s">
         <v>330</v>
       </c>
       <c r="C165" s="5">
-        <v>7.2</v>
+        <v>0.75</v>
       </c>
       <c r="D165" s="6" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" s="3">
-        <v>15240</v>
+        <v>15235</v>
       </c>
       <c r="B166" t="s">
         <v>332</v>
       </c>
       <c r="C166" s="5">
-        <v>675.0</v>
+        <v>8.0</v>
       </c>
       <c r="D166" s="6" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" s="3">
-        <v>15239</v>
+        <v>15234</v>
       </c>
       <c r="B167" t="s">
         <v>334</v>
       </c>
       <c r="C167" s="5">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="D167" s="6" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" s="3">
-        <v>15238</v>
+        <v>15233</v>
       </c>
       <c r="B168" t="s">
         <v>336</v>
       </c>
       <c r="C168" s="5">
-        <v>0.75</v>
+        <v>6.0</v>
       </c>
       <c r="D168" s="6" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" s="3">
-        <v>15235</v>
+        <v>15231</v>
       </c>
       <c r="B169" t="s">
         <v>338</v>
       </c>
       <c r="C169" s="5">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="D169" s="6" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" s="3">
-        <v>15234</v>
+        <v>15230</v>
       </c>
       <c r="B170" t="s">
         <v>340</v>
       </c>
       <c r="C170" s="5">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
       <c r="D170" s="6" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" s="3">
-        <v>15233</v>
+        <v>15255</v>
       </c>
       <c r="B171" t="s">
         <v>342</v>
       </c>
       <c r="C171" s="5">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="D171" s="6" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" s="3">
-        <v>15231</v>
+        <v>15253</v>
       </c>
       <c r="B172" t="s">
         <v>344</v>
       </c>
       <c r="C172" s="5">
-        <v>5.0</v>
+        <v>7.0</v>
       </c>
       <c r="D172" s="6" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" s="3">
-        <v>15230</v>
+        <v>15229</v>
       </c>
       <c r="B173" t="s">
         <v>346</v>
       </c>
       <c r="C173" s="5">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D173" s="6" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" s="3">
-        <v>15255</v>
+        <v>15228</v>
       </c>
       <c r="B174" t="s">
         <v>348</v>
       </c>
       <c r="C174" s="5">
-        <v>10.0</v>
+        <v>4.25</v>
       </c>
       <c r="D174" s="6" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" s="3">
-        <v>15253</v>
+        <v>15218</v>
       </c>
       <c r="B175" t="s">
         <v>350</v>
       </c>
       <c r="C175" s="5">
-        <v>7.0</v>
+        <v>2.8</v>
       </c>
       <c r="D175" s="6" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" s="3">
-        <v>15229</v>
+        <v>15217</v>
       </c>
       <c r="B176" t="s">
         <v>352</v>
       </c>
       <c r="C176" s="5">
-        <v>5.0</v>
+        <v>1.25</v>
       </c>
       <c r="D176" s="6" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" s="3">
-        <v>15228</v>
+        <v>15215</v>
       </c>
       <c r="B177" t="s">
         <v>354</v>
       </c>
       <c r="C177" s="5">
-        <v>4.25</v>
+        <v>5.0</v>
       </c>
       <c r="D177" s="6" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" s="3">
-        <v>15218</v>
+        <v>15214</v>
       </c>
       <c r="B178" t="s">
         <v>356</v>
       </c>
       <c r="C178" s="5">
-        <v>2.8</v>
+        <v>4.0</v>
       </c>
       <c r="D178" s="6" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" s="3">
-        <v>15217</v>
+        <v>15210</v>
       </c>
       <c r="B179" t="s">
         <v>358</v>
       </c>
       <c r="C179" s="5">
-        <v>1.25</v>
+        <v>2.0</v>
       </c>
       <c r="D179" s="6" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" s="3">
-        <v>15215</v>
+        <v>15204</v>
       </c>
       <c r="B180" t="s">
         <v>360</v>
       </c>
       <c r="C180" s="5">
-        <v>5.0</v>
+        <v>0.5</v>
       </c>
       <c r="D180" s="6" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" s="3">
-        <v>15214</v>
+        <v>15203</v>
       </c>
       <c r="B181" t="s">
         <v>362</v>
       </c>
       <c r="C181" s="5">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="D181" s="6" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" s="3">
-        <v>15210</v>
+        <v>15202</v>
       </c>
       <c r="B182" t="s">
         <v>364</v>
       </c>
       <c r="C182" s="5">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D182" s="6" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" s="3">
-        <v>15204</v>
+        <v>15201</v>
       </c>
       <c r="B183" t="s">
         <v>366</v>
       </c>
       <c r="C183" s="5">
-        <v>0.5</v>
+        <v>3.5</v>
       </c>
       <c r="D183" s="6" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" s="3">
-        <v>15203</v>
+        <v>15200</v>
       </c>
       <c r="B184" t="s">
         <v>368</v>
       </c>
       <c r="C184" s="5">
-        <v>7.0</v>
+        <v>2.5</v>
       </c>
       <c r="D184" s="6" t="s">
         <v>369</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" s="3">
-        <v>15202</v>
+        <v>15199</v>
       </c>
       <c r="B185" t="s">
         <v>370</v>
       </c>
       <c r="C185" s="5">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="D185" s="6" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" s="3">
-        <v>15201</v>
+        <v>15198</v>
       </c>
       <c r="B186" t="s">
         <v>372</v>
       </c>
       <c r="C186" s="5">
-        <v>3.5</v>
+        <v>2.0</v>
       </c>
       <c r="D186" s="6" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" s="3">
-        <v>15200</v>
+        <v>15197</v>
       </c>
       <c r="B187" t="s">
         <v>374</v>
       </c>
       <c r="C187" s="5">
-        <v>2.5</v>
+        <v>5.0</v>
       </c>
       <c r="D187" s="6" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" s="3">
-        <v>15199</v>
+        <v>15196</v>
       </c>
       <c r="B188" t="s">
         <v>376</v>
       </c>
       <c r="C188" s="5">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="D188" s="6" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" s="3">
-        <v>15198</v>
+        <v>15195</v>
       </c>
       <c r="B189" t="s">
         <v>378</v>
       </c>
       <c r="C189" s="5">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D189" s="6" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" s="3">
-        <v>15197</v>
+        <v>15194</v>
       </c>
       <c r="B190" t="s">
         <v>380</v>
       </c>
       <c r="C190" s="5">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D190" s="6" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" s="3">
-        <v>15196</v>
+        <v>15193</v>
       </c>
       <c r="B191" t="s">
         <v>382</v>
       </c>
       <c r="C191" s="5">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D191" s="6" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" s="3">
-        <v>15195</v>
+        <v>15192</v>
       </c>
       <c r="B192" t="s">
         <v>384</v>
       </c>
       <c r="C192" s="5">
-        <v>4.0</v>
+        <v>1.5</v>
       </c>
       <c r="D192" s="6" t="s">
         <v>385</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" s="3">
-        <v>15194</v>
+        <v>15190</v>
       </c>
       <c r="B193" t="s">
         <v>386</v>
       </c>
       <c r="C193" s="5">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D193" s="6" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" s="3">
-        <v>15193</v>
+        <v>15189</v>
       </c>
       <c r="B194" t="s">
         <v>388</v>
       </c>
       <c r="C194" s="5">
-        <v>2.0</v>
+        <v>0.45</v>
       </c>
       <c r="D194" s="6" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" s="3">
-        <v>15192</v>
+        <v>15188</v>
       </c>
       <c r="B195" t="s">
         <v>390</v>
       </c>
       <c r="C195" s="5">
-        <v>1.5</v>
+        <v>0.5</v>
       </c>
       <c r="D195" s="6" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" s="3">
-        <v>15190</v>
+        <v>15186</v>
       </c>
       <c r="B196" t="s">
         <v>392</v>
       </c>
       <c r="C196" s="5">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D196" s="6" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" s="3">
-        <v>15189</v>
+        <v>15185</v>
       </c>
       <c r="B197" t="s">
         <v>394</v>
       </c>
       <c r="C197" s="5">
-        <v>0.45</v>
+        <v>4.0</v>
       </c>
       <c r="D197" s="6" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" s="3">
-        <v>15188</v>
+        <v>15182</v>
       </c>
       <c r="B198" t="s">
         <v>396</v>
       </c>
       <c r="C198" s="5">
-        <v>0.5</v>
+        <v>7.0</v>
       </c>
       <c r="D198" s="6" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" s="3">
-        <v>15186</v>
+        <v>15179</v>
       </c>
       <c r="B199" t="s">
         <v>398</v>
       </c>
       <c r="C199" s="5">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
       <c r="D199" s="6" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" s="3">
-        <v>15185</v>
+        <v>15178</v>
       </c>
       <c r="B200" t="s">
         <v>400</v>
       </c>
       <c r="C200" s="5">
-        <v>4.0</v>
+        <v>16.0</v>
       </c>
       <c r="D200" s="6" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" s="3">
-        <v>15182</v>
+        <v>15177</v>
       </c>
       <c r="B201" t="s">
         <v>402</v>
       </c>
       <c r="C201" s="5">
-        <v>7.0</v>
+        <v>10.0</v>
       </c>
       <c r="D201" s="6" t="s">
         <v>403</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" s="3">
-        <v>15179</v>
+        <v>15268</v>
       </c>
       <c r="B202" t="s">
         <v>404</v>
       </c>
       <c r="C202" s="5">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
       <c r="D202" s="6" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" s="3">
-        <v>15178</v>
+        <v>15267</v>
       </c>
       <c r="B203" t="s">
         <v>406</v>
       </c>
       <c r="C203" s="5">
-        <v>16.0</v>
+        <v>2.25</v>
       </c>
       <c r="D203" s="6" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" s="3">
-        <v>15177</v>
+        <v>15266</v>
       </c>
       <c r="B204" t="s">
         <v>408</v>
       </c>
       <c r="C204" s="5">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
       <c r="D204" s="6" t="s">
         <v>409</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" s="3">
-        <v>15268</v>
+        <v>15183</v>
       </c>
       <c r="B205" t="s">
         <v>410</v>
       </c>
       <c r="C205" s="5">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
       <c r="D205" s="6" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" s="3">
-        <v>15267</v>
+        <v>15116</v>
       </c>
       <c r="B206" t="s">
         <v>412</v>
       </c>
       <c r="C206" s="5">
-        <v>2.25</v>
+        <v>30.0</v>
       </c>
       <c r="D206" s="6" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" s="3">
-        <v>15266</v>
+        <v>15114</v>
       </c>
       <c r="B207" t="s">
         <v>414</v>
       </c>
       <c r="C207" s="5">
-        <v>2.0</v>
+        <v>16.0</v>
       </c>
       <c r="D207" s="6" t="s">
         <v>415</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" s="3">
-        <v>15183</v>
+        <v>15112</v>
       </c>
       <c r="B208" t="s">
         <v>416</v>
       </c>
       <c r="C208" s="5">
-        <v>7.0</v>
+        <v>12.0</v>
       </c>
       <c r="D208" s="6" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" s="3">
-        <v>15116</v>
+        <v>15111</v>
       </c>
       <c r="B209" t="s">
         <v>418</v>
       </c>
       <c r="C209" s="5">
-        <v>30.0</v>
+        <v>10.0</v>
       </c>
       <c r="D209" s="6" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" s="3">
-        <v>15114</v>
+        <v>15110</v>
       </c>
       <c r="B210" t="s">
         <v>420</v>
       </c>
       <c r="C210" s="5">
-        <v>16.0</v>
+        <v>8.0</v>
       </c>
       <c r="D210" s="6" t="s">
         <v>421</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" s="3">
-        <v>15112</v>
+        <v>15109</v>
       </c>
       <c r="B211" t="s">
         <v>422</v>
       </c>
       <c r="C211" s="5">
-        <v>12.0</v>
+        <v>5.75</v>
       </c>
       <c r="D211" s="6" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" s="3">
-        <v>15111</v>
+        <v>15108</v>
       </c>
       <c r="B212" t="s">
         <v>424</v>
       </c>
       <c r="C212" s="5">
-        <v>10.0</v>
+        <v>5.25</v>
       </c>
       <c r="D212" s="6" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" s="3">
-        <v>15110</v>
+        <v>15107</v>
       </c>
       <c r="B213" t="s">
         <v>426</v>
       </c>
       <c r="C213" s="5">
-        <v>8.0</v>
+        <v>26.0</v>
       </c>
       <c r="D213" s="6" t="s">
         <v>427</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" s="3">
-        <v>15109</v>
+        <v>15106</v>
       </c>
       <c r="B214" t="s">
         <v>428</v>
       </c>
       <c r="C214" s="5">
-        <v>5.75</v>
+        <v>24.0</v>
       </c>
       <c r="D214" s="6" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" s="3">
-        <v>15108</v>
+        <v>15104</v>
       </c>
       <c r="B215" t="s">
         <v>430</v>
       </c>
       <c r="C215" s="5">
-        <v>5.25</v>
+        <v>14.0</v>
       </c>
       <c r="D215" s="6" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" s="3">
-        <v>15107</v>
+        <v>15102</v>
       </c>
       <c r="B216" t="s">
         <v>432</v>
       </c>
       <c r="C216" s="5">
-        <v>26.0</v>
+        <v>10.0</v>
       </c>
       <c r="D216" s="6" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" s="3">
-        <v>15106</v>
+        <v>15097</v>
       </c>
       <c r="B217" t="s">
         <v>434</v>
       </c>
       <c r="C217" s="5">
-        <v>24.0</v>
+        <v>0.3</v>
       </c>
       <c r="D217" s="6" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" s="3">
-        <v>15104</v>
+        <v>15096</v>
       </c>
       <c r="B218" t="s">
         <v>436</v>
       </c>
       <c r="C218" s="5">
-        <v>14.0</v>
+        <v>0.2</v>
       </c>
       <c r="D218" s="6" t="s">
         <v>437</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" s="3">
-        <v>15102</v>
+        <v>15095</v>
       </c>
       <c r="B219" t="s">
         <v>438</v>
       </c>
       <c r="C219" s="5">
-        <v>10.0</v>
+        <v>0.16</v>
       </c>
       <c r="D219" s="6" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" s="3">
-        <v>15097</v>
+        <v>15094</v>
       </c>
       <c r="B220" t="s">
         <v>440</v>
       </c>
       <c r="C220" s="5">
-        <v>0.3</v>
+        <v>0.32</v>
       </c>
       <c r="D220" s="6" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" s="3">
-        <v>15096</v>
+        <v>15093</v>
       </c>
       <c r="B221" t="s">
         <v>442</v>
       </c>
       <c r="C221" s="5">
-        <v>0.2</v>
+        <v>5.0</v>
       </c>
       <c r="D221" s="6" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" s="3">
-        <v>15095</v>
+        <v>15092</v>
       </c>
       <c r="B222" t="s">
         <v>444</v>
       </c>
       <c r="C222" s="5">
-        <v>0.16</v>
+        <v>5.0</v>
       </c>
       <c r="D222" s="6" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" s="3">
-        <v>15094</v>
+        <v>15090</v>
       </c>
       <c r="B223" t="s">
         <v>446</v>
       </c>
       <c r="C223" s="5">
-        <v>0.32</v>
+        <v>5.0</v>
       </c>
       <c r="D223" s="6" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" s="3">
-        <v>15093</v>
+        <v>15089</v>
       </c>
       <c r="B224" t="s">
         <v>448</v>
       </c>
       <c r="C224" s="5">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D224" s="6" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" s="3">
-        <v>15092</v>
+        <v>15088</v>
       </c>
       <c r="B225" t="s">
         <v>450</v>
       </c>
       <c r="C225" s="5">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D225" s="6" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" s="3">
-        <v>15090</v>
+        <v>15087</v>
       </c>
       <c r="B226" t="s">
         <v>452</v>
       </c>
       <c r="C226" s="5">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D226" s="6" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" s="3">
-        <v>15089</v>
+        <v>15086</v>
       </c>
       <c r="B227" t="s">
         <v>454</v>
       </c>
       <c r="C227" s="5">
         <v>4.0</v>
       </c>
       <c r="D227" s="6" t="s">
         <v>455</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" s="3">
-        <v>15088</v>
+        <v>15085</v>
       </c>
       <c r="B228" t="s">
         <v>456</v>
       </c>
       <c r="C228" s="5">
         <v>4.0</v>
       </c>
       <c r="D228" s="6" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" s="3">
-        <v>15087</v>
+        <v>15084</v>
       </c>
       <c r="B229" t="s">
         <v>458</v>
       </c>
       <c r="C229" s="5">
         <v>4.0</v>
       </c>
       <c r="D229" s="6" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" s="3">
-        <v>15086</v>
+        <v>15083</v>
       </c>
       <c r="B230" t="s">
         <v>460</v>
       </c>
       <c r="C230" s="5">
         <v>4.0</v>
       </c>
       <c r="D230" s="6" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" s="3">
-        <v>15085</v>
+        <v>15082</v>
       </c>
       <c r="B231" t="s">
         <v>462</v>
       </c>
       <c r="C231" s="5">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D231" s="6" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" s="3">
-        <v>15084</v>
+        <v>15081</v>
       </c>
       <c r="B232" t="s">
         <v>464</v>
       </c>
       <c r="C232" s="5">
         <v>4.0</v>
       </c>
       <c r="D232" s="6" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" s="3">
-        <v>15083</v>
+        <v>15078</v>
       </c>
       <c r="B233" t="s">
         <v>466</v>
       </c>
       <c r="C233" s="5">
-        <v>4.0</v>
+        <v>1.75</v>
       </c>
       <c r="D233" s="6" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" s="3">
-        <v>15082</v>
+        <v>15077</v>
       </c>
       <c r="B234" t="s">
         <v>468</v>
       </c>
       <c r="C234" s="5">
-        <v>5.0</v>
+        <v>1.5</v>
       </c>
       <c r="D234" s="6" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" s="3">
-        <v>15081</v>
+        <v>15076</v>
       </c>
       <c r="B235" t="s">
         <v>470</v>
       </c>
       <c r="C235" s="5">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D235" s="6" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" s="3">
-        <v>15078</v>
+        <v>15073</v>
       </c>
       <c r="B236" t="s">
         <v>472</v>
       </c>
       <c r="C236" s="5">
-        <v>1.75</v>
+        <v>4.25</v>
       </c>
       <c r="D236" s="6" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" s="3">
-        <v>15077</v>
+        <v>15072</v>
       </c>
       <c r="B237" t="s">
         <v>474</v>
       </c>
       <c r="C237" s="5">
-        <v>1.5</v>
+        <v>12.0</v>
       </c>
       <c r="D237" s="6" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" s="3">
-        <v>15076</v>
+        <v>15071</v>
       </c>
       <c r="B238" t="s">
         <v>476</v>
       </c>
       <c r="C238" s="5">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="D238" s="6" t="s">
         <v>477</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" s="3">
-        <v>15073</v>
+        <v>15070</v>
       </c>
       <c r="B239" t="s">
         <v>478</v>
       </c>
       <c r="C239" s="5">
-        <v>4.25</v>
+        <v>9.0</v>
       </c>
       <c r="D239" s="6" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" s="3">
-        <v>15072</v>
+        <v>15069</v>
       </c>
       <c r="B240" t="s">
         <v>480</v>
       </c>
       <c r="C240" s="5">
-        <v>12.0</v>
+        <v>8.0</v>
       </c>
       <c r="D240" s="6" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" s="3">
-        <v>15071</v>
+        <v>15068</v>
       </c>
       <c r="B241" t="s">
         <v>482</v>
       </c>
       <c r="C241" s="5">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="D241" s="6" t="s">
         <v>483</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" s="3">
-        <v>15070</v>
+        <v>15066</v>
       </c>
       <c r="B242" t="s">
         <v>484</v>
       </c>
       <c r="C242" s="5">
-        <v>9.0</v>
+        <v>6.0</v>
       </c>
       <c r="D242" s="6" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" s="3">
-        <v>15069</v>
+        <v>15065</v>
       </c>
       <c r="B243" t="s">
         <v>486</v>
       </c>
       <c r="C243" s="5">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="D243" s="6" t="s">
         <v>487</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" s="3">
-        <v>15068</v>
+        <v>15063</v>
       </c>
       <c r="B244" t="s">
         <v>488</v>
       </c>
       <c r="C244" s="5">
-        <v>8.0</v>
+        <v>7.0</v>
       </c>
       <c r="D244" s="6" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" s="3">
-        <v>15066</v>
+        <v>15062</v>
       </c>
       <c r="B245" t="s">
         <v>490</v>
       </c>
       <c r="C245" s="5">
         <v>6.0</v>
       </c>
       <c r="D245" s="6" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" s="3">
-        <v>15065</v>
+        <v>15061</v>
       </c>
       <c r="B246" t="s">
         <v>492</v>
       </c>
       <c r="C246" s="5">
-        <v>7.0</v>
+        <v>5.0</v>
       </c>
       <c r="D246" s="6" t="s">
         <v>493</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" s="3">
-        <v>15063</v>
+        <v>15060</v>
       </c>
       <c r="B247" t="s">
         <v>494</v>
       </c>
       <c r="C247" s="5">
-        <v>7.0</v>
+        <v>4.75</v>
       </c>
       <c r="D247" s="6" t="s">
         <v>495</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" s="3">
-        <v>15062</v>
+        <v>15059</v>
       </c>
       <c r="B248" t="s">
         <v>496</v>
       </c>
       <c r="C248" s="5">
-        <v>6.0</v>
+        <v>4.5</v>
       </c>
       <c r="D248" s="6" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" s="3">
-        <v>15061</v>
+        <v>15058</v>
       </c>
       <c r="B249" t="s">
         <v>498</v>
       </c>
       <c r="C249" s="5">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D249" s="6" t="s">
         <v>499</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" s="3">
-        <v>15060</v>
+        <v>15055</v>
       </c>
       <c r="B250" t="s">
         <v>500</v>
       </c>
       <c r="C250" s="5">
-        <v>4.75</v>
+        <v>10.0</v>
       </c>
       <c r="D250" s="6" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" s="3">
-        <v>15059</v>
+        <v>15054</v>
       </c>
       <c r="B251" t="s">
         <v>502</v>
       </c>
       <c r="C251" s="5">
-        <v>4.5</v>
+        <v>5.0</v>
       </c>
       <c r="D251" s="6" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" s="3">
-        <v>15058</v>
+        <v>15052</v>
       </c>
       <c r="B252" t="s">
         <v>504</v>
       </c>
       <c r="C252" s="5">
         <v>4.0</v>
       </c>
       <c r="D252" s="6" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" s="3">
-        <v>15055</v>
+        <v>15050</v>
       </c>
       <c r="B253" t="s">
         <v>506</v>
       </c>
       <c r="C253" s="5">
-        <v>10.0</v>
+        <v>1.5</v>
       </c>
       <c r="D253" s="6" t="s">
         <v>507</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" s="3">
-        <v>15054</v>
+        <v>15184</v>
       </c>
       <c r="B254" t="s">
         <v>508</v>
       </c>
       <c r="C254" s="5">
-        <v>5.0</v>
+        <v>2.75</v>
       </c>
       <c r="D254" s="6" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" s="3">
-        <v>15052</v>
+        <v>15049</v>
       </c>
       <c r="B255" t="s">
         <v>510</v>
       </c>
       <c r="C255" s="5">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D255" s="6" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" s="3">
-        <v>15050</v>
+        <v>15048</v>
       </c>
       <c r="B256" t="s">
         <v>512</v>
       </c>
       <c r="C256" s="5">
-        <v>1.5</v>
+        <v>3.0</v>
       </c>
       <c r="D256" s="6" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" s="3">
-        <v>15184</v>
+        <v>15047</v>
       </c>
       <c r="B257" t="s">
         <v>514</v>
       </c>
       <c r="C257" s="5">
-        <v>2.75</v>
+        <v>2.25</v>
       </c>
       <c r="D257" s="6" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" s="3">
-        <v>15049</v>
+        <v>15046</v>
       </c>
       <c r="B258" t="s">
         <v>516</v>
       </c>
       <c r="C258" s="5">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D258" s="6" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" s="3">
-        <v>15048</v>
+        <v>15045</v>
       </c>
       <c r="B259" t="s">
         <v>518</v>
       </c>
       <c r="C259" s="5">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D259" s="6" t="s">
         <v>519</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" s="3">
-        <v>15047</v>
+        <v>15044</v>
       </c>
       <c r="B260" t="s">
         <v>520</v>
       </c>
       <c r="C260" s="5">
-        <v>2.25</v>
+        <v>2.0</v>
       </c>
       <c r="D260" s="6" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" s="3">
-        <v>15046</v>
+        <v>15043</v>
       </c>
       <c r="B261" t="s">
         <v>522</v>
       </c>
       <c r="C261" s="5">
-        <v>2.0</v>
+        <v>7.0</v>
       </c>
       <c r="D261" s="6" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" s="3">
-        <v>15045</v>
+        <v>15042</v>
       </c>
       <c r="B262" t="s">
         <v>524</v>
       </c>
       <c r="C262" s="5">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="D262" s="6" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" s="3">
-        <v>15044</v>
+        <v>15041</v>
       </c>
       <c r="B263" t="s">
         <v>526</v>
       </c>
       <c r="C263" s="5">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D263" s="6" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" s="3">
-        <v>15043</v>
+        <v>15039</v>
       </c>
       <c r="B264" t="s">
         <v>528</v>
       </c>
       <c r="C264" s="5">
-        <v>7.0</v>
+        <v>5.5</v>
       </c>
       <c r="D264" s="6" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" s="3">
-        <v>15042</v>
+        <v>15038</v>
       </c>
       <c r="B265" t="s">
         <v>530</v>
       </c>
       <c r="C265" s="5">
-        <v>6.0</v>
+        <v>2.75</v>
       </c>
       <c r="D265" s="6" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" s="3">
-        <v>15041</v>
+        <v>15036</v>
       </c>
       <c r="B266" t="s">
         <v>532</v>
       </c>
       <c r="C266" s="5">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D266" s="6" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" s="3">
-        <v>15039</v>
+        <v>15035</v>
       </c>
       <c r="B267" t="s">
         <v>534</v>
       </c>
       <c r="C267" s="5">
-        <v>5.5</v>
+        <v>1.6</v>
       </c>
       <c r="D267" s="6" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" s="3">
-        <v>15038</v>
+        <v>15033</v>
       </c>
       <c r="B268" t="s">
         <v>536</v>
       </c>
       <c r="C268" s="5">
-        <v>2.75</v>
+        <v>6.0</v>
       </c>
       <c r="D268" s="6" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" s="3">
-        <v>15036</v>
+        <v>15032</v>
       </c>
       <c r="B269" t="s">
         <v>538</v>
       </c>
       <c r="C269" s="5">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D269" s="6" t="s">
         <v>539</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" s="3">
-        <v>15035</v>
+        <v>15030</v>
       </c>
       <c r="B270" t="s">
         <v>540</v>
       </c>
       <c r="C270" s="5">
-        <v>1.6</v>
+        <v>2.0</v>
       </c>
       <c r="D270" s="6" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" s="3">
-        <v>15033</v>
+        <v>15028</v>
       </c>
       <c r="B271" t="s">
         <v>542</v>
       </c>
       <c r="C271" s="5">
-        <v>6.0</v>
+        <v>4.0</v>
       </c>
       <c r="D271" s="6" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" s="3">
-        <v>15032</v>
+        <v>15027</v>
       </c>
       <c r="B272" t="s">
         <v>544</v>
       </c>
       <c r="C272" s="5">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
       <c r="D272" s="6" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" s="3">
-        <v>15030</v>
+        <v>15026</v>
       </c>
       <c r="B273" t="s">
         <v>546</v>
       </c>
       <c r="C273" s="5">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="D273" s="6" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" s="3">
-        <v>15028</v>
+        <v>15025</v>
       </c>
       <c r="B274" t="s">
         <v>548</v>
       </c>
       <c r="C274" s="5">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D274" s="6" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" s="3">
-        <v>15027</v>
+        <v>15020</v>
       </c>
       <c r="B275" t="s">
         <v>550</v>
       </c>
       <c r="C275" s="5">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="D275" s="6" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" s="3">
-        <v>15026</v>
+        <v>15018</v>
       </c>
       <c r="B276" t="s">
         <v>552</v>
       </c>
       <c r="C276" s="5">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="D276" s="6" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" s="3">
-        <v>15025</v>
+        <v>15017</v>
       </c>
       <c r="B277" t="s">
         <v>554</v>
       </c>
       <c r="C277" s="5">
-        <v>5.0</v>
+        <v>1.75</v>
       </c>
       <c r="D277" s="6" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" s="3">
-        <v>15020</v>
+        <v>15016</v>
       </c>
       <c r="B278" t="s">
         <v>556</v>
       </c>
       <c r="C278" s="5">
-        <v>10.0</v>
+        <v>0.85</v>
       </c>
       <c r="D278" s="6" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" s="3">
-        <v>15018</v>
+        <v>15014</v>
       </c>
       <c r="B279" t="s">
         <v>558</v>
       </c>
       <c r="C279" s="5">
-        <v>2.0</v>
+        <v>0.6</v>
       </c>
       <c r="D279" s="6" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" s="3">
-        <v>15017</v>
+        <v>15013</v>
       </c>
       <c r="B280" t="s">
         <v>560</v>
       </c>
       <c r="C280" s="5">
-        <v>1.75</v>
+        <v>0.8</v>
       </c>
       <c r="D280" s="6" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" s="3">
-        <v>15016</v>
+        <v>15012</v>
       </c>
       <c r="B281" t="s">
         <v>562</v>
       </c>
       <c r="C281" s="5">
-        <v>0.85</v>
+        <v>0.7</v>
       </c>
       <c r="D281" s="6" t="s">
         <v>563</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" s="3">
-        <v>15014</v>
+        <v>15011</v>
       </c>
       <c r="B282" t="s">
         <v>564</v>
       </c>
       <c r="C282" s="5">
         <v>0.6</v>
       </c>
       <c r="D282" s="6" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" s="3">
-        <v>15013</v>
+        <v>15010</v>
       </c>
       <c r="B283" t="s">
         <v>566</v>
       </c>
       <c r="C283" s="5">
-        <v>0.8</v>
+        <v>0.65</v>
       </c>
       <c r="D283" s="6" t="s">
         <v>567</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" s="3">
-        <v>15012</v>
+        <v>15007</v>
       </c>
       <c r="B284" t="s">
         <v>568</v>
       </c>
       <c r="C284" s="5">
-        <v>0.7</v>
+        <v>0.8</v>
       </c>
       <c r="D284" s="6" t="s">
         <v>569</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" s="3">
-        <v>15011</v>
+        <v>15023</v>
       </c>
       <c r="B285" t="s">
         <v>570</v>
       </c>
       <c r="C285" s="5">
-        <v>0.6</v>
+        <v>4.75</v>
       </c>
       <c r="D285" s="6" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" s="3">
-        <v>15010</v>
+        <v>15022</v>
       </c>
       <c r="B286" t="s">
         <v>572</v>
       </c>
       <c r="C286" s="5">
-        <v>0.65</v>
+        <v>4.43</v>
       </c>
       <c r="D286" s="6" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" s="3">
-        <v>15007</v>
+        <v>15165</v>
       </c>
       <c r="B287" t="s">
         <v>574</v>
       </c>
       <c r="C287" s="5">
-        <v>0.8</v>
+        <v>11.66</v>
       </c>
       <c r="D287" s="6" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" s="3">
-        <v>15023</v>
+        <v>15163</v>
       </c>
       <c r="B288" t="s">
         <v>576</v>
       </c>
       <c r="C288" s="5">
-        <v>4.75</v>
+        <v>9.34</v>
       </c>
       <c r="D288" s="6" t="s">
         <v>577</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" s="3">
-        <v>15022</v>
+        <v>15161</v>
       </c>
       <c r="B289" t="s">
         <v>578</v>
       </c>
       <c r="C289" s="5">
-        <v>4.43</v>
+        <v>6.42</v>
       </c>
       <c r="D289" s="6" t="s">
         <v>579</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" s="3">
-        <v>15165</v>
+        <v>15157</v>
       </c>
       <c r="B290" t="s">
         <v>580</v>
       </c>
       <c r="C290" s="5">
-        <v>11.66</v>
+        <v>4.66</v>
       </c>
       <c r="D290" s="6" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" s="3">
-        <v>15163</v>
+        <v>15148</v>
       </c>
       <c r="B291" t="s">
         <v>582</v>
       </c>
       <c r="C291" s="5">
-        <v>9.34</v>
+        <v>3.24</v>
       </c>
       <c r="D291" s="6" t="s">
         <v>583</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" s="3">
-        <v>15161</v>
+        <v>15142</v>
       </c>
       <c r="B292" t="s">
         <v>584</v>
       </c>
       <c r="C292" s="5">
-        <v>6.42</v>
+        <v>14.94</v>
       </c>
       <c r="D292" s="6" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" s="3">
-        <v>15157</v>
+        <v>15141</v>
       </c>
       <c r="B293" t="s">
         <v>586</v>
       </c>
       <c r="C293" s="5">
-        <v>4.66</v>
+        <v>11.84</v>
       </c>
       <c r="D293" s="6" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" s="3">
-        <v>15148</v>
+        <v>15140</v>
       </c>
       <c r="B294" t="s">
         <v>588</v>
       </c>
       <c r="C294" s="5">
-        <v>3.24</v>
+        <v>10.8</v>
       </c>
       <c r="D294" s="6" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" s="3">
-        <v>15142</v>
+        <v>15139</v>
       </c>
       <c r="B295" t="s">
         <v>590</v>
       </c>
       <c r="C295" s="5">
-        <v>14.94</v>
+        <v>9.36</v>
       </c>
       <c r="D295" s="6" t="s">
         <v>591</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" s="3">
-        <v>15141</v>
+        <v>15138</v>
       </c>
       <c r="B296" t="s">
         <v>592</v>
       </c>
       <c r="C296" s="5">
-        <v>11.84</v>
+        <v>10.3</v>
       </c>
       <c r="D296" s="6" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" s="3">
-        <v>15140</v>
+        <v>15137</v>
       </c>
       <c r="B297" t="s">
         <v>594</v>
       </c>
       <c r="C297" s="5">
-        <v>10.8</v>
+        <v>7.28</v>
       </c>
       <c r="D297" s="6" t="s">
         <v>595</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" s="3">
-        <v>15139</v>
+        <v>15136</v>
       </c>
       <c r="B298" t="s">
         <v>596</v>
       </c>
       <c r="C298" s="5">
-        <v>9.36</v>
+        <v>5.78</v>
       </c>
       <c r="D298" s="6" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" s="3">
-        <v>15138</v>
+        <v>15135</v>
       </c>
       <c r="B299" t="s">
         <v>598</v>
       </c>
       <c r="C299" s="5">
-        <v>10.3</v>
+        <v>5.18</v>
       </c>
       <c r="D299" s="6" t="s">
         <v>599</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" s="3">
-        <v>15137</v>
+        <v>15134</v>
       </c>
       <c r="B300" t="s">
         <v>600</v>
       </c>
       <c r="C300" s="5">
-        <v>7.28</v>
+        <v>4.7</v>
       </c>
       <c r="D300" s="6" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" s="3">
-        <v>15136</v>
+        <v>15133</v>
       </c>
       <c r="B301" t="s">
         <v>602</v>
       </c>
       <c r="C301" s="5">
-        <v>5.78</v>
+        <v>10.66</v>
       </c>
       <c r="D301" s="6" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" s="3">
-        <v>15135</v>
+        <v>15131</v>
       </c>
       <c r="B302" t="s">
         <v>604</v>
       </c>
       <c r="C302" s="5">
-        <v>5.18</v>
+        <v>4.64</v>
       </c>
       <c r="D302" s="6" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" s="3">
-        <v>15134</v>
+        <v>15130</v>
       </c>
       <c r="B303" t="s">
         <v>606</v>
       </c>
       <c r="C303" s="5">
-        <v>4.7</v>
+        <v>4.22</v>
       </c>
       <c r="D303" s="6" t="s">
         <v>607</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" s="3">
-        <v>15133</v>
+        <v>15129</v>
       </c>
       <c r="B304" t="s">
         <v>608</v>
       </c>
       <c r="C304" s="5">
-        <v>10.66</v>
+        <v>4.04</v>
       </c>
       <c r="D304" s="6" t="s">
         <v>609</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" s="3">
-        <v>15131</v>
+        <v>15127</v>
       </c>
       <c r="B305" t="s">
         <v>610</v>
       </c>
       <c r="C305" s="5">
-        <v>4.64</v>
+        <v>4.2</v>
       </c>
       <c r="D305" s="6" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" s="3">
-        <v>15130</v>
+        <v>15126</v>
       </c>
       <c r="B306" t="s">
         <v>612</v>
       </c>
       <c r="C306" s="5">
-        <v>4.22</v>
+        <v>4.0</v>
       </c>
       <c r="D306" s="6" t="s">
         <v>613</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" s="3">
-        <v>15129</v>
+        <v>15125</v>
       </c>
       <c r="B307" t="s">
         <v>614</v>
       </c>
       <c r="C307" s="5">
-        <v>4.04</v>
+        <v>4.66</v>
       </c>
       <c r="D307" s="6" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" s="3">
-        <v>15127</v>
+        <v>15124</v>
       </c>
       <c r="B308" t="s">
         <v>616</v>
       </c>
       <c r="C308" s="5">
-        <v>4.2</v>
+        <v>7.44</v>
       </c>
       <c r="D308" s="6" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" s="3">
-        <v>15126</v>
+        <v>15120</v>
       </c>
       <c r="B309" t="s">
         <v>618</v>
       </c>
       <c r="C309" s="5">
-        <v>4.0</v>
+        <v>4.58</v>
       </c>
       <c r="D309" s="6" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" s="3">
-        <v>15125</v>
+        <v>15119</v>
       </c>
       <c r="B310" t="s">
         <v>620</v>
       </c>
       <c r="C310" s="5">
-        <v>4.66</v>
+        <v>4.36</v>
       </c>
       <c r="D310" s="6" t="s">
         <v>621</v>
-      </c>
-[...40 lines deleted...]
-        <v>627</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="D2" r:id="rId_hyperlink_1"/>
     <hyperlink ref="D3" r:id="rId_hyperlink_2"/>
     <hyperlink ref="D4" r:id="rId_hyperlink_3"/>
     <hyperlink ref="D5" r:id="rId_hyperlink_4"/>
     <hyperlink ref="D6" r:id="rId_hyperlink_5"/>
     <hyperlink ref="D7" r:id="rId_hyperlink_6"/>
     <hyperlink ref="D8" r:id="rId_hyperlink_7"/>
     <hyperlink ref="D9" r:id="rId_hyperlink_8"/>
     <hyperlink ref="D10" r:id="rId_hyperlink_9"/>
     <hyperlink ref="D11" r:id="rId_hyperlink_10"/>
     <hyperlink ref="D12" r:id="rId_hyperlink_11"/>
     <hyperlink ref="D13" r:id="rId_hyperlink_12"/>
     <hyperlink ref="D14" r:id="rId_hyperlink_13"/>
     <hyperlink ref="D15" r:id="rId_hyperlink_14"/>
     <hyperlink ref="D16" r:id="rId_hyperlink_15"/>
     <hyperlink ref="D17" r:id="rId_hyperlink_16"/>
     <hyperlink ref="D18" r:id="rId_hyperlink_17"/>
     <hyperlink ref="D19" r:id="rId_hyperlink_18"/>
     <hyperlink ref="D20" r:id="rId_hyperlink_19"/>
     <hyperlink ref="D21" r:id="rId_hyperlink_20"/>
     <hyperlink ref="D22" r:id="rId_hyperlink_21"/>
@@ -6986,53 +6926,50 @@
     <hyperlink ref="D286" r:id="rId_hyperlink_285"/>
     <hyperlink ref="D287" r:id="rId_hyperlink_286"/>
     <hyperlink ref="D288" r:id="rId_hyperlink_287"/>
     <hyperlink ref="D289" r:id="rId_hyperlink_288"/>
     <hyperlink ref="D290" r:id="rId_hyperlink_289"/>
     <hyperlink ref="D291" r:id="rId_hyperlink_290"/>
     <hyperlink ref="D292" r:id="rId_hyperlink_291"/>
     <hyperlink ref="D293" r:id="rId_hyperlink_292"/>
     <hyperlink ref="D294" r:id="rId_hyperlink_293"/>
     <hyperlink ref="D295" r:id="rId_hyperlink_294"/>
     <hyperlink ref="D296" r:id="rId_hyperlink_295"/>
     <hyperlink ref="D297" r:id="rId_hyperlink_296"/>
     <hyperlink ref="D298" r:id="rId_hyperlink_297"/>
     <hyperlink ref="D299" r:id="rId_hyperlink_298"/>
     <hyperlink ref="D300" r:id="rId_hyperlink_299"/>
     <hyperlink ref="D301" r:id="rId_hyperlink_300"/>
     <hyperlink ref="D302" r:id="rId_hyperlink_301"/>
     <hyperlink ref="D303" r:id="rId_hyperlink_302"/>
     <hyperlink ref="D304" r:id="rId_hyperlink_303"/>
     <hyperlink ref="D305" r:id="rId_hyperlink_304"/>
     <hyperlink ref="D306" r:id="rId_hyperlink_305"/>
     <hyperlink ref="D307" r:id="rId_hyperlink_306"/>
     <hyperlink ref="D308" r:id="rId_hyperlink_307"/>
     <hyperlink ref="D309" r:id="rId_hyperlink_308"/>
     <hyperlink ref="D310" r:id="rId_hyperlink_309"/>
-    <hyperlink ref="D311" r:id="rId_hyperlink_310"/>
-[...1 lines deleted...]
-    <hyperlink ref="D313" r:id="rId_hyperlink_312"/>
   </hyperlinks>
   <printOptions gridLines="true" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader>&amp;C&amp;H&amp;F &amp;RPage &amp;P of &amp;N</oddHeader>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>